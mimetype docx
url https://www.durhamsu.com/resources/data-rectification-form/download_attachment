--- v0 (2025-11-09)
+++ v1 (2025-12-11)
@@ -1,3513 +1,3461 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+    <w:p w14:paraId="4CE40EE4" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
       <w:pPr>
         <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F52F9">
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Data Rectification Form</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+    <w:p w14:paraId="641C19D7" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+    <w:p w14:paraId="25184538" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F52F9">
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The General Data Protection Regulations (GDPR) provides you, the data subject, with a right to rectify any data/information we hold about you or to authorise someone to act on your behalf. Please complete this form if you wish to rectify your data. You may also need to provide proof of your identity. Your request will be processed within 30 calendar days upon receipt of a fully completed form and proof of identity (where required). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+    <w:p w14:paraId="2F242F57" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+    <w:p w14:paraId="1A38E6B6" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F52F9">
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Proof of identity:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+    <w:p w14:paraId="13F7A03F" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F52F9">
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">In certain circumstances we may require proof of your identity before we can amend personal data. The </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Students’ Union </w:t>
       </w:r>
       <w:r w:rsidRPr="005F52F9">
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>will advise if proof of identity is required. If you have changed your name, please supply relevant documents evidencing the change.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+    <w:p w14:paraId="1DCB5958" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+    <w:p w14:paraId="1D2F5140" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F52F9">
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Administration fee:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+    <w:p w14:paraId="3B4CB448" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F52F9">
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>The Union’s policy is not to charge for rectification requests</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+    <w:p w14:paraId="08ACF232" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+    <w:p w14:paraId="6DD418F1" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
       <w:pPr>
         <w:spacing w:after="320" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F52F9">
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
           <w:color w:val="666666"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Section 1: Data Subject</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+    <w:p w14:paraId="7CCDB8E7" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F52F9">
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Please fill in your details (the data subject). If you are not the data subject and you are applying on behalf of someone else, please fill in the details of the data subject below and not your own. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+    <w:p w14:paraId="7B3B70B9" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3588"/>
         <w:gridCol w:w="5014"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidTr="005F52F9">
-[...17 lines deleted...]
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w14:paraId="02FE7D5F" w14:textId="77777777" w:rsidTr="005F52F9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="32605E52" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F52F9">
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Title:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+          <w:p w14:paraId="360F4608" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F52F9">
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Mr  [ ]  Mrs [  ] Ms [  ] Miss [  ] Other [                    ] </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidTr="005F52F9">
-[...17 lines deleted...]
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w14:paraId="47E6E781" w14:textId="77777777" w:rsidTr="005F52F9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="781C5E87" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F52F9">
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Surname/ Last Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+          <w:p w14:paraId="73636A03" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidTr="005F52F9">
-[...17 lines deleted...]
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w14:paraId="6D9062A5" w14:textId="77777777" w:rsidTr="005F52F9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="004C27CB" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F52F9">
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>First Name(s):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+          <w:p w14:paraId="049F47C1" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidTr="005F52F9">
-[...17 lines deleted...]
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w14:paraId="7E476C05" w14:textId="77777777" w:rsidTr="005F52F9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5725509B" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F52F9">
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Date of Birth:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+          <w:p w14:paraId="4D923D53" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidTr="005F52F9">
-[...17 lines deleted...]
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w14:paraId="1C0CA794" w14:textId="77777777" w:rsidTr="005F52F9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1507F7FA" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F52F9">
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+          <w:p w14:paraId="6DC0E48B" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidTr="005F52F9">
-[...17 lines deleted...]
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w14:paraId="0448AC0F" w14:textId="77777777" w:rsidTr="005F52F9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2C858EA4" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F52F9">
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Post Code:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+          <w:p w14:paraId="1ABDF40F" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidTr="005F52F9">
-[...17 lines deleted...]
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w14:paraId="44E8AF7C" w14:textId="77777777" w:rsidTr="005F52F9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="72FD6F4C" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F52F9">
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Day Time Telephone Number (s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+          <w:p w14:paraId="7FA3AB1F" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+    <w:p w14:paraId="2DA0FF31" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9360" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9360"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidTr="005F52F9">
-[...17 lines deleted...]
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w14:paraId="3F2955BC" w14:textId="77777777" w:rsidTr="005F52F9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="146AB7CC" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F52F9">
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Rectification Request</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+          <w:p w14:paraId="5D19BB0A" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F52F9">
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Please detail in the box below, with as much information as possible, the data/information that you wish to be rectified.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidTr="005F52F9">
+      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w14:paraId="15B5FF87" w14:textId="77777777" w:rsidTr="005F52F9">
         <w:trPr>
           <w:trHeight w:val="2460"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+          <w:p w14:paraId="2FCAE4BD" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F52F9">
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Details: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidTr="005F52F9">
-[...17 lines deleted...]
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w14:paraId="31BF2B78" w14:textId="77777777" w:rsidTr="005F52F9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0218A1DB" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F52F9">
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Reason for rectification</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+          <w:p w14:paraId="060610CD" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Durham Students’ Union</w:t>
             </w:r>
             <w:r w:rsidRPr="005F52F9">
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> will not unreasonably prevent rectification of data</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="005F52F9">
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> however requires an appropriate reason to make such amendments. Please detail below the reason for requiring the data rectification.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidTr="005F52F9">
+      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w14:paraId="4C79220B" w14:textId="77777777" w:rsidTr="005F52F9">
         <w:trPr>
           <w:trHeight w:val="2760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+          <w:p w14:paraId="0DF35E66" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F52F9">
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Details:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+    <w:p w14:paraId="5E1BDDEB" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+    <w:p w14:paraId="6E1D6153" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
       <w:pPr>
         <w:spacing w:after="320" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F52F9">
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
           <w:color w:val="666666"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Section 2: Representation</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+    <w:p w14:paraId="782BAF00" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F52F9">
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Please complete this section of the form with your details if you are acting on behalf of someone else (i.e. the data subject).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+    <w:p w14:paraId="3EE58AF6" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+    <w:p w14:paraId="0710D1DE" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F52F9">
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">If you are </w:t>
       </w:r>
       <w:r w:rsidRPr="005F52F9">
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>NOT</w:t>
       </w:r>
       <w:r w:rsidRPr="005F52F9">
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> the data subject, but an agent appointed on their behalf, you will need to provide evidence of your identity as well as that of the data subject and proof of your right to act on their behalf. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+    <w:p w14:paraId="2B4FE49A" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3588"/>
         <w:gridCol w:w="5014"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidTr="005F52F9">
-[...17 lines deleted...]
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w14:paraId="5C0783CE" w14:textId="77777777" w:rsidTr="005F52F9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3301AF34" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F52F9">
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Title:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+          <w:p w14:paraId="62AB2DC3" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F52F9">
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Mr  [ ]  Mrs [  ] Ms [  ] Miss [  ] Other [                    ] </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidTr="005F52F9">
-[...17 lines deleted...]
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w14:paraId="7CD92749" w14:textId="77777777" w:rsidTr="005F52F9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="27585A3E" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F52F9">
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Surname/ Last Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+          <w:p w14:paraId="038ABF4A" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidTr="005F52F9">
-[...17 lines deleted...]
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w14:paraId="198C7DD9" w14:textId="77777777" w:rsidTr="005F52F9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="31C51E92" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F52F9">
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>First Name(s):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+          <w:p w14:paraId="72329509" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidTr="005F52F9">
-[...17 lines deleted...]
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w14:paraId="47BF4116" w14:textId="77777777" w:rsidTr="005F52F9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3DC49FCF" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F52F9">
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Date of Birth:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+          <w:p w14:paraId="3B33A7F5" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidTr="005F52F9">
-[...17 lines deleted...]
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w14:paraId="7D901502" w14:textId="77777777" w:rsidTr="005F52F9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0F30D617" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F52F9">
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+          <w:p w14:paraId="5F91F5D0" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidTr="005F52F9">
-[...17 lines deleted...]
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w14:paraId="6D06CB05" w14:textId="77777777" w:rsidTr="005F52F9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1B82F5E0" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F52F9">
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Post Code:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+          <w:p w14:paraId="0A1F4781" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidTr="005F52F9">
-[...17 lines deleted...]
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w14:paraId="230C6DAA" w14:textId="77777777" w:rsidTr="005F52F9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="38A770A2" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F52F9">
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Day Time Telephone Number (s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+          <w:p w14:paraId="0A98CD66" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+    <w:p w14:paraId="2ED7E1A9" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+    <w:p w14:paraId="2AF8CE23" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F52F9">
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Identification:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+    <w:p w14:paraId="2608E1F8" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F52F9">
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>I am enclosing the following copies as proof of identity:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+    <w:p w14:paraId="3DD1A4FC" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+    <w:p w14:paraId="2EB332BC" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F52F9">
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Birth Certificate [   ]    Driving Licence [   ]    Passport [   ]    Official letter to my address [   ]</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+    <w:p w14:paraId="2BAE324F" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9360" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9360"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidTr="005F52F9">
-[...17 lines deleted...]
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w14:paraId="7D0015F8" w14:textId="77777777" w:rsidTr="005F52F9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="54CCDCA3" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F52F9">
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Relationship to the data subject</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+          <w:p w14:paraId="52392E2F" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F52F9">
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Please describe below your relationship to the data subject (e.g. parent, carer, legal representative):</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+          <w:p w14:paraId="76AD9A29" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="240" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F52F9">
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="005F52F9">
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="005F52F9">
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="005F52F9">
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidTr="005F52F9">
+      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w14:paraId="46288F91" w14:textId="77777777" w:rsidTr="005F52F9">
         <w:trPr>
           <w:trHeight w:val="2460"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+          <w:p w14:paraId="0757CDB3" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F52F9">
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Authorisation</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+          <w:p w14:paraId="4E7AF038" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F52F9">
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>I am enclosing the following copy as proof of legal authorisation to act on behalf of the data subject:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+          <w:p w14:paraId="5D5E63EB" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+          <w:p w14:paraId="092C0478" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F52F9">
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>[   ] Letter of authority</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+          <w:p w14:paraId="78B417C1" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F52F9">
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>[   ] Lasting or enduring power of attorney</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+          <w:p w14:paraId="30002EBE" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F52F9">
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>[   ] Evidence of parental responsibility</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+          <w:p w14:paraId="120DEA98" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F52F9">
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>[   ] Other: ______________________________________________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+          <w:p w14:paraId="3AED8C35" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+    <w:p w14:paraId="1D187E00" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+    <w:p w14:paraId="4FA6950C" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
       <w:pPr>
         <w:spacing w:after="320" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F52F9">
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
           <w:color w:val="666666"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Section 3: Declarations</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+    <w:p w14:paraId="44B0DF66" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F52F9">
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Data Subject Declaration:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+    <w:p w14:paraId="5077376D" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F52F9">
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">I certify that the information provided on this form is correct to the best of my knowledge and that I am the person to whom it relates. I understand that </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Durham Students’ Union</w:t>
       </w:r>
       <w:r w:rsidRPr="005F52F9">
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> is obliged to confirm proof of identity/authority and it may be necessary to obtain further information in order to comply with this subject access request. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+    <w:p w14:paraId="0896359B" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1268"/>
         <w:gridCol w:w="206"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidTr="005F52F9">
-[...17 lines deleted...]
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w14:paraId="77FE3DFF" w14:textId="77777777" w:rsidTr="005F52F9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="05932918" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F52F9">
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+          <w:p w14:paraId="799C3084" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidTr="005F52F9">
-[...17 lines deleted...]
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w14:paraId="62854E08" w14:textId="77777777" w:rsidTr="005F52F9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F9D5E30" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F52F9">
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Signature:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+          <w:p w14:paraId="03334FB4" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidTr="005F52F9">
-[...17 lines deleted...]
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w14:paraId="542772F9" w14:textId="77777777" w:rsidTr="005F52F9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2F0F781B" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F52F9">
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+          <w:p w14:paraId="7F7F5D33" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+    <w:p w14:paraId="0872A7A2" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+    <w:p w14:paraId="319597EB" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F52F9">
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>OR</w:t>
       </w:r>
       <w:r w:rsidRPr="005F52F9">
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> (if applicable)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+    <w:p w14:paraId="52F1D056" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+    <w:p w14:paraId="21D25567" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F52F9">
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Authorised Declaration:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+    <w:p w14:paraId="1D2301F3" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F52F9">
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">I confirm that I am legally authorised to act on behalf of the data subject. I understand that </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Durham Students’ Union</w:t>
       </w:r>
       <w:r w:rsidRPr="005F52F9">
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> is obliged to confirm proof of identity/authority and it may be necessary to obtain further information in order to comply with this subject access request. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+    <w:p w14:paraId="630E7D39" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1268"/>
         <w:gridCol w:w="206"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidTr="005F52F9">
-[...17 lines deleted...]
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w14:paraId="3B45C010" w14:textId="77777777" w:rsidTr="005F52F9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3DE6EB85" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F52F9">
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+          <w:p w14:paraId="5EE611CD" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidTr="005F52F9">
-[...17 lines deleted...]
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w14:paraId="0BEB9A45" w14:textId="77777777" w:rsidTr="005F52F9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7DE5F070" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F52F9">
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Signature:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+          <w:p w14:paraId="7945F597" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidTr="005F52F9">
-[...17 lines deleted...]
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+      <w:tr w:rsidR="005F52F9" w:rsidRPr="005F52F9" w14:paraId="0605F2B3" w14:textId="77777777" w:rsidTr="005F52F9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="100" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="100" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6889F8A5" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F52F9">
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100" w:type="dxa"/>
               <w:left w:w="100" w:type="dxa"/>
               <w:bottom w:w="100" w:type="dxa"/>
               <w:right w:w="100" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+          <w:p w14:paraId="1014B8E5" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
                 <w:sz w:val="1"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+    <w:p w14:paraId="2D3C77C6" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+    <w:p w14:paraId="03CBA9FF" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F52F9">
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Warning: a person who unlawfully obtains or attempts to obtain data is guilty of a criminal offence and is liable to prosecution. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+    <w:p w14:paraId="37453E8E" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+    <w:p w14:paraId="767D99C9" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
       <w:pPr>
         <w:spacing w:after="320" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F52F9">
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
           <w:color w:val="666666"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Section 4: Actions</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+    <w:p w14:paraId="4B81A9CE" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F52F9">
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Please send your completed form via post to:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
+    <w:p w14:paraId="485C325B" w14:textId="77777777" w:rsidR="005F52F9" w:rsidRPr="005F52F9" w:rsidRDefault="005F52F9" w:rsidP="005F52F9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003B79CE" w:rsidRDefault="003B79CE" w:rsidP="003B79CE">
+    <w:p w14:paraId="1404A3D4" w14:textId="77777777" w:rsidR="003B79CE" w:rsidRDefault="003B79CE" w:rsidP="003B79CE">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:hAnsi="Constantia"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B79CE">
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:hAnsi="Constantia"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Gareth Hughes </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003B79CE" w:rsidRPr="003B79CE" w:rsidRDefault="003B79CE" w:rsidP="003B79CE">
+    <w:p w14:paraId="110DBC88" w14:textId="77777777" w:rsidR="003B79CE" w:rsidRPr="003B79CE" w:rsidRDefault="003B79CE" w:rsidP="003B79CE">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B79CE">
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Durham Students’ Union</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003B79CE" w:rsidRPr="003B79CE" w:rsidRDefault="003B79CE" w:rsidP="003B79CE">
+    <w:p w14:paraId="57066FF1" w14:textId="77777777" w:rsidR="003B79CE" w:rsidRPr="003B79CE" w:rsidRDefault="003B79CE" w:rsidP="003B79CE">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B79CE">
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Dunelm House</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003B79CE" w:rsidRPr="003B79CE" w:rsidRDefault="003B79CE" w:rsidP="003B79CE">
+    <w:p w14:paraId="2D0155C8" w14:textId="77777777" w:rsidR="003B79CE" w:rsidRPr="003B79CE" w:rsidRDefault="003B79CE" w:rsidP="003B79CE">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B79CE">
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">New </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>New Elvet</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27449C58" w14:textId="77777777" w:rsidR="003B79CE" w:rsidRPr="003B79CE" w:rsidRDefault="003B79CE" w:rsidP="003B79CE">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="003B79CE">
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Elvet</w:t>
-[...3 lines deleted...]
-    <w:p w:rsidR="003B79CE" w:rsidRPr="003B79CE" w:rsidRDefault="003B79CE" w:rsidP="003B79CE">
+        <w:t>Durham</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E2EA8C6" w14:textId="77777777" w:rsidR="003B79CE" w:rsidRPr="003B79CE" w:rsidRDefault="003B79CE" w:rsidP="003B79CE">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003B79CE">
-[...14 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>DH1 3AN</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00712B7E" w:rsidRPr="003B79CE" w:rsidRDefault="005F52F9" w:rsidP="003B79CE">
+    <w:p w14:paraId="2F0D6E60" w14:textId="33C3588F" w:rsidR="00000000" w:rsidRPr="003B79CE" w:rsidRDefault="005F52F9" w:rsidP="003B79CE">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B79CE">
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="003B79CE">
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Or via email to: </w:t>
       </w:r>
       <w:r w:rsidR="00360BDE" w:rsidRPr="00360BDE">
         <w:rPr>
           <w:rFonts w:ascii="Constantia" w:hAnsi="Constantia"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>su.admin@durham.ac.uk</w:t>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:t>su.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD0872">
+        <w:rPr>
+          <w:rFonts w:ascii="Constantia" w:hAnsi="Constantia"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>dataprotection</w:t>
+      </w:r>
+      <w:r w:rsidR="00360BDE" w:rsidRPr="00360BDE">
+        <w:rPr>
+          <w:rFonts w:ascii="Constantia" w:hAnsi="Constantia"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>@durham.ac.uk</w:t>
+      </w:r>
     </w:p>
     <w:sectPr w:rsidR="00712B7E" w:rsidRPr="003B79CE">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Constantia">
     <w:panose1 w:val="02030602050306030303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005F52F9"/>
+    <w:rsid w:val="000B1EDC"/>
     <w:rsid w:val="00360BDE"/>
     <w:rsid w:val="003B43BB"/>
     <w:rsid w:val="003B79CE"/>
     <w:rsid w:val="005F52F9"/>
     <w:rsid w:val="00D93AEC"/>
+    <w:rsid w:val="00FD0872"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="384ECFFF"/>
+  <w15:docId w15:val="{46B80DF2-35DF-488D-9BA1-363E877C3D54}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...433 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -3607,51 +3555,51 @@
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="005F52F9"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="003B79CE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="24795237">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1407216807">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -3703,51 +3651,51 @@
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1707364084">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3993,68 +3941,68 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>8A4A0B6A.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>582</Words>
-  <Characters>3318</Characters>
+  <Words>647</Words>
+  <Characters>3262</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>27</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>63</Lines>
+  <Paragraphs>38</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Durham University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3893</CharactersWithSpaces>
+  <CharactersWithSpaces>3871</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>MUIR, REBECCA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>